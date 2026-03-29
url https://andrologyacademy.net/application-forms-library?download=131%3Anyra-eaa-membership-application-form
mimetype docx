--- v0 (2025-11-04)
+++ v1 (2026-03-29)
@@ -823,51 +823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="0064333E" w:rsidRPr="005A0F9E">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>..........</w:t>
       </w:r>
       <w:r w:rsidR="0064333E">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417DACD6" w14:textId="0B15111E" w:rsidR="001B217A" w:rsidRDefault="001B217A" w:rsidP="00CE1BCC">
+    <w:p w14:paraId="417DACD6" w14:textId="127FB9B2" w:rsidR="001B217A" w:rsidRDefault="001B217A" w:rsidP="00CE1BCC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Ph.D. stud</w:t>
       </w:r>
       <w:r w:rsidR="008006DB">
         <w:rPr>
@@ -912,108 +912,50 @@
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE1BCC">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006515B9">
-[...56 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="00F3A125" w14:textId="788F38CA" w:rsidR="00F6687B" w:rsidRDefault="008006DB" w:rsidP="00CE1BCC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Post-Doctoral study since (year of </w:t>
       </w:r>
@@ -1280,52 +1222,50 @@
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="0041308B" w:rsidRPr="005A0F9E">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ddress:</w:t>
       </w:r>
       <w:r w:rsidR="00531078" w:rsidRPr="005A0F9E">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="3B7E758D" w14:textId="77777777" w:rsidR="0041308B" w:rsidRPr="005A0F9E" w:rsidRDefault="0041308B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A0F9E">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">................................................................................  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D7084FA" w14:textId="77777777" w:rsidR="00624172" w:rsidRPr="00DB012B" w:rsidRDefault="00624172">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
@@ -1802,61 +1742,61 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00960369" w:rsidSect="006B406A">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="17338"/>
       <w:pgMar w:top="1145" w:right="1372" w:bottom="1134" w:left="1319" w:header="624" w:footer="1304" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59E3B813" w14:textId="77777777" w:rsidR="00AE564C" w:rsidRDefault="00AE564C" w:rsidP="00C80C6E">
+    <w:p w14:paraId="6817F915" w14:textId="77777777" w:rsidR="005F78D5" w:rsidRDefault="005F78D5" w:rsidP="00C80C6E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="430E3D1A" w14:textId="77777777" w:rsidR="00AE564C" w:rsidRDefault="00AE564C" w:rsidP="00C80C6E">
+    <w:p w14:paraId="04F9EB10" w14:textId="77777777" w:rsidR="005F78D5" w:rsidRDefault="005F78D5" w:rsidP="00C80C6E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1898,152 +1838,154 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Merriweather Sans">
     <w:altName w:val="Sylfaen"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00004FF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
+    <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="180939CC" w14:textId="77777777" w:rsidR="00135F4B" w:rsidRDefault="00135F4B">
     <w:pPr>
       <w:pStyle w:val="llb"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="6D0E148E" w14:textId="627A9912" w:rsidR="00845DD8" w:rsidRPr="006B406A" w:rsidRDefault="00845DD8" w:rsidP="006B406A">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006B406A">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">This application must be filled electronically, signed and submitted </w:t>
     </w:r>
     <w:r w:rsidR="00135F4B">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">with a short CV </w:t>
     </w:r>
+    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:r w:rsidRPr="006B406A">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">to the EAA </w:t>
     </w:r>
     <w:r w:rsidR="006B406A" w:rsidRPr="006B406A">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Office</w:t>
     </w:r>
     <w:r w:rsidR="00135F4B">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="006B406A" w:rsidRPr="006B406A">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">e-mail: </w:t>
     </w:r>
     <w:r w:rsidR="00AB46D0" w:rsidRPr="001B633D">
       <w:rPr>
         <w:u w:val="single"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>office@andrologyacademy.net</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="03AFDFF6" w14:textId="77777777" w:rsidR="00135F4B" w:rsidRDefault="00135F4B">
     <w:pPr>
       <w:pStyle w:val="llb"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6282A091" w14:textId="77777777" w:rsidR="00AE564C" w:rsidRDefault="00AE564C" w:rsidP="00C80C6E">
+    <w:p w14:paraId="4778A135" w14:textId="77777777" w:rsidR="005F78D5" w:rsidRDefault="005F78D5" w:rsidP="00C80C6E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="428E6FA8" w14:textId="77777777" w:rsidR="00AE564C" w:rsidRDefault="00AE564C" w:rsidP="00C80C6E">
+    <w:p w14:paraId="50F22DCF" w14:textId="77777777" w:rsidR="005F78D5" w:rsidRDefault="005F78D5" w:rsidP="00C80C6E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="1FB9AC41" w14:textId="77777777" w:rsidR="00135F4B" w:rsidRDefault="00135F4B">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:tbl>
     <w:tblPr>
@@ -2949,51 +2891,51 @@
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY0MjI0NrI0MLE0tDAyNzNT0lEKTi0uzszPAykwqwUAT39IzywAAAA="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY0MjI0NrI0MLE0tDAyNzNT0lEKTi0uzszPAykwrQUAjCxl5CwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00420727"/>
     <w:rsid w:val="000037B7"/>
     <w:rsid w:val="00004F6D"/>
     <w:rsid w:val="0004488A"/>
     <w:rsid w:val="0005390E"/>
     <w:rsid w:val="00077D0F"/>
     <w:rsid w:val="00093301"/>
     <w:rsid w:val="0009626D"/>
     <w:rsid w:val="000A0188"/>
     <w:rsid w:val="000C3293"/>
     <w:rsid w:val="00114446"/>
     <w:rsid w:val="00117816"/>
     <w:rsid w:val="00126D07"/>
     <w:rsid w:val="00126D5F"/>
     <w:rsid w:val="001314E4"/>
     <w:rsid w:val="00134B48"/>
     <w:rsid w:val="00135F4B"/>
     <w:rsid w:val="001464A2"/>
     <w:rsid w:val="00151989"/>
     <w:rsid w:val="00154A41"/>
     <w:rsid w:val="001966D3"/>
     <w:rsid w:val="00197867"/>
     <w:rsid w:val="001B217A"/>
@@ -3035,51 +2977,50 @@
     <w:rsid w:val="00503C70"/>
     <w:rsid w:val="005059E3"/>
     <w:rsid w:val="005176D9"/>
     <w:rsid w:val="00531078"/>
     <w:rsid w:val="00543A78"/>
     <w:rsid w:val="00555EB3"/>
     <w:rsid w:val="00557A5D"/>
     <w:rsid w:val="00571E16"/>
     <w:rsid w:val="005A0F9E"/>
     <w:rsid w:val="005B056B"/>
     <w:rsid w:val="005B55A2"/>
     <w:rsid w:val="005B73CF"/>
     <w:rsid w:val="005B7B88"/>
     <w:rsid w:val="005C71C7"/>
     <w:rsid w:val="005E51AB"/>
     <w:rsid w:val="005F0DDB"/>
     <w:rsid w:val="005F3BD7"/>
     <w:rsid w:val="005F7454"/>
     <w:rsid w:val="005F78D5"/>
     <w:rsid w:val="00603DB2"/>
     <w:rsid w:val="006207FC"/>
     <w:rsid w:val="00624172"/>
     <w:rsid w:val="00632002"/>
     <w:rsid w:val="0064333E"/>
     <w:rsid w:val="006472A7"/>
-    <w:rsid w:val="006515B9"/>
     <w:rsid w:val="00652A9E"/>
     <w:rsid w:val="006862A1"/>
     <w:rsid w:val="006B406A"/>
     <w:rsid w:val="006C3BA6"/>
     <w:rsid w:val="006C6B55"/>
     <w:rsid w:val="006C75A5"/>
     <w:rsid w:val="00703A4E"/>
     <w:rsid w:val="00711C18"/>
     <w:rsid w:val="00713F03"/>
     <w:rsid w:val="0073325F"/>
     <w:rsid w:val="00741EB6"/>
     <w:rsid w:val="0075517C"/>
     <w:rsid w:val="0075660D"/>
     <w:rsid w:val="00764997"/>
     <w:rsid w:val="00773A22"/>
     <w:rsid w:val="00777408"/>
     <w:rsid w:val="0078491C"/>
     <w:rsid w:val="007B687F"/>
     <w:rsid w:val="007E21AC"/>
     <w:rsid w:val="007E642D"/>
     <w:rsid w:val="007F5002"/>
     <w:rsid w:val="008006DB"/>
     <w:rsid w:val="00803090"/>
     <w:rsid w:val="00811909"/>
     <w:rsid w:val="00812DBC"/>
@@ -3101,51 +3042,50 @@
     <w:rsid w:val="00950C34"/>
     <w:rsid w:val="00960369"/>
     <w:rsid w:val="009653AA"/>
     <w:rsid w:val="00971E96"/>
     <w:rsid w:val="0098210B"/>
     <w:rsid w:val="00996B11"/>
     <w:rsid w:val="009D1D3C"/>
     <w:rsid w:val="009E2FD1"/>
     <w:rsid w:val="009E65E4"/>
     <w:rsid w:val="009F6FD3"/>
     <w:rsid w:val="00A02BB5"/>
     <w:rsid w:val="00A2076E"/>
     <w:rsid w:val="00A55B08"/>
     <w:rsid w:val="00A579E3"/>
     <w:rsid w:val="00A668CC"/>
     <w:rsid w:val="00A708EC"/>
     <w:rsid w:val="00A71D5D"/>
     <w:rsid w:val="00A73DD9"/>
     <w:rsid w:val="00A80C49"/>
     <w:rsid w:val="00A97D62"/>
     <w:rsid w:val="00AB09D9"/>
     <w:rsid w:val="00AB46D0"/>
     <w:rsid w:val="00AC0417"/>
     <w:rsid w:val="00AC095D"/>
     <w:rsid w:val="00AC23D6"/>
-    <w:rsid w:val="00AE564C"/>
     <w:rsid w:val="00AF5E0E"/>
     <w:rsid w:val="00AF7977"/>
     <w:rsid w:val="00B0125A"/>
     <w:rsid w:val="00B257D1"/>
     <w:rsid w:val="00B450B4"/>
     <w:rsid w:val="00B50777"/>
     <w:rsid w:val="00B62703"/>
     <w:rsid w:val="00B92A32"/>
     <w:rsid w:val="00BA6C14"/>
     <w:rsid w:val="00C10617"/>
     <w:rsid w:val="00C269AE"/>
     <w:rsid w:val="00C33BAE"/>
     <w:rsid w:val="00C50D39"/>
     <w:rsid w:val="00C5575C"/>
     <w:rsid w:val="00C80C6E"/>
     <w:rsid w:val="00CC5129"/>
     <w:rsid w:val="00CD1E56"/>
     <w:rsid w:val="00CD3E07"/>
     <w:rsid w:val="00CD6788"/>
     <w:rsid w:val="00CE1BCC"/>
     <w:rsid w:val="00CF0F86"/>
     <w:rsid w:val="00D168AE"/>
     <w:rsid w:val="00D235BC"/>
     <w:rsid w:val="00D448BF"/>
     <w:rsid w:val="00D51BDA"/>
@@ -4220,114 +4160,114 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C847731D-22CF-4870-B3BB-2482F6AF3CC2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7340C811-F7CD-4354-B5B5-7B0F9FE50F69}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>301</Words>
-  <Characters>1719</Characters>
+  <Words>295</Words>
+  <Characters>1687</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="10" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2016</CharactersWithSpaces>
+  <CharactersWithSpaces>1979</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>7667725</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:martina.gargiani@unifi.it</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2097165</vt:i4>
       </vt:variant>
       <vt:variant>